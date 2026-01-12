--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą właściwości i stosowania mieszanek mineralno-asfaltowe do nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -823,67 +823,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13, K1_W08</w:t>
+        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,67 +1113,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U23, K1_U12, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>