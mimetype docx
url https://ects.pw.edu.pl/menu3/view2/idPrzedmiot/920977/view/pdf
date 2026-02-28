--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą właściwości i stosowania mieszanek mineralno-asfaltowe do nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -839,341 +839,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać badania asfaltów i materiałów mineralnych stosowanych w budownictwie drogowym oraz ocenić ich właściwości oraz jakość.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać badania asfaltów i materiałów mineralnych stosowanych w budownictwie drogowym oraz ocenić ich właściwości oraz jakość.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>