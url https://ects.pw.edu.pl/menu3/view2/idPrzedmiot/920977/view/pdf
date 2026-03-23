--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_W13, K1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1113,67 +1113,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>