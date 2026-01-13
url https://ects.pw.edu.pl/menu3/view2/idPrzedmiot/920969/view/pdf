--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -822,51 +822,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,191 +972,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>