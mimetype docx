--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>