--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,51 +1109,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy, kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W06, K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U02, K1_U03, K1_U04, K1_U07, K1_U09, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U07, K1_U09, K1_U10, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przyjąć koncepcję posadowienia w zależności od rodzaju konstrukcji nośnej obiektu budowlanego i warunków gruntowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1259,427 +1259,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U10, K1_U16, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U02, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
+        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
+        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U05, K1_U07, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności geotechnicznej, w tym rzetelność przedstawiania wyników badań, oceny nośności i odkształcalności fundamentów i podłoża gruntowego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności geotechnicznej, w tym rzetelność przedstawiania wyników badań, oceny nośności i odkształcalności fundamentów i podłoża gruntowego.							</w:t>
+        <w:t xml:space="preserve">Ma świadomość ochrony i zachowania ekologiczności podłoża gruntowego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K06, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">