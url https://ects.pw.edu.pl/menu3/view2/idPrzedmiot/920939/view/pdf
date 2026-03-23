--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,51 +1109,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy, kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W06, K1_W04, K1_W05</w:t>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1259,51 +1259,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U02, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U10, K1_U16, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1399,137 +1399,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U05, K1_U07, K1_U09, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>