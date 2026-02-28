--- v0 (2026-01-14)
+++ v1 (2026-02-28)
@@ -1293,51 +1293,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01, K1_K02, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonując ćwiczenie projektowe, poszukuje prawidłowych rozwiązań (dobrane przekroje, wyniki obliczeń).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>