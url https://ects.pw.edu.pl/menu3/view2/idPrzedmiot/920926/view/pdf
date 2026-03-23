--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1277,51 +1277,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K07</w:t>
+        <w:t xml:space="preserve">K1_K02, K1_K07, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>