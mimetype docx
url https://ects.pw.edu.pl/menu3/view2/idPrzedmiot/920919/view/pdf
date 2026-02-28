--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena poprawności wykonania raportów z poszczególnych badań laboratoryjnych, badania próbek kontrolnych wykonanych przez studenta w celu oceny prawidłowości przeprowadzenia projektowania materiałowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U12, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany do zespołowego wykonania zadania badawczego związanego z projektowaniem mieszanek betonowych i betonów i  zaprezentowania jego wyników w sposób komunikatywny i zgodny z zasadami normowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>