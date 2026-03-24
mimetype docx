--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K04, K1_K05, K1_K06</w:t>
+        <w:t xml:space="preserve">K1_K06, K1_K04, K1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>