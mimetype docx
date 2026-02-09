--- v0 (2026-01-12)
+++ v1 (2026-02-09)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U07, K1_U09, K1_U20, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność czytania i interpretacji projektu architektonicznego w trakcie realizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -979,51 +979,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić rodzaj i charakter istniejących konstrukcji budowlanych realizowanych w różnych okresach historycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>