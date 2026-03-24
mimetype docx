--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -979,51 +979,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić rodzaj i charakter istniejących konstrukcji budowlanych realizowanych w różnych okresach historycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>