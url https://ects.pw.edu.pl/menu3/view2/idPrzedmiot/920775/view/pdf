--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -991,287 +991,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować węzły występujące w konstrukcjach szkieletowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U04, K1_U06, K1_U19, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne elementów, węzłów oraz wykazy stali dla zaprojektowanych elementów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie rysunków do projektu i jego obrona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U09, K1_U19, K1_U20, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować węzły występujące w konstrukcjach szkieletowych.</w:t>
+        <w:t xml:space="preserve">Studiuje materiały wykładowe z ćwiczeń projektowych oraz literaturę uzupełniającą z danego zagadnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
+        <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U06, K1_U19, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania ćwiczeń projektowych, poszukuje prawidłowych rozwiązań konstrukcyjnych oraz poprawnego przedstawienia wyników w formie graficznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>