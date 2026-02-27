--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -991,67 +991,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować węzły występujące w konstrukcjach szkieletowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1147,51 +1147,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09, K1_U19, K1_U20, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1227,51 +1227,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania ćwiczeń projektowych, poszukuje prawidłowych rozwiązań konstrukcyjnych oraz poprawnego przedstawienia wyników w formie graficznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>