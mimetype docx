--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -991,51 +991,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U19, K1_U20, K1_U21, K1_U04, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1131,67 +1131,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie rysunków do projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U20, K1_U21, K1_U09, K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>