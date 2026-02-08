--- v0 (2026-01-14)
+++ v1 (2026-02-08)
@@ -1127,67 +1127,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U21, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U02, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zamodzielnie pozyskiwać informacje i zdobywać wiedzę, korzystając z dostępnych żrodeł informacji w tym zródeł elektronicznych i obcojęzycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1277,51 +1277,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna opracowywanej prezentacji wybranego tematu seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K08, K1_K01, K1_K02, K1_K05, K1_K07</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K05, K1_K07, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>