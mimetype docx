--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja tematu seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13, K1_W15, K1_W16, K1_W04, K1_W05</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W13, K1_W15, K1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie wykonawstwa i technologii montażu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja wybranego tematu pracy seminaryjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15, K1_U19, K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15, K1_U19, K1_U20, K1_U21, K1_U22, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ze zrozumieniem i przekonaniem podaje informacje zawarte w opracowywanej prezentacji multimedialnej, jest w stanie prowadzić na ich temat dyskusję i bronić prezentowanego stanowiska, używając argumentów merytorycznych, opartych na współczesnej wiedzy  technicznej i zasadach wypływających z nauk podstawowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1127,67 +1127,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U02, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zamodzielnie pozyskiwać informacje i zdobywać wiedzę, korzystając z dostępnych żrodeł informacji w tym zródeł elektronicznych i obcojęzycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1277,51 +1277,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna opracowywanej prezentacji wybranego tematu seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K05, K1_K07, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K02, K1_K05, K1_K07, K1_K08, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1347,67 +1347,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja tematu seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K05, K1_K07, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K08, K1_K05, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za przedstawianą prezentację. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>