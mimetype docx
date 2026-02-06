--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -1041,207 +1041,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>