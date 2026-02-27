--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1041,207 +1041,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>