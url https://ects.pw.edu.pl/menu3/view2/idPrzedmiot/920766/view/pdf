--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -767,481 +767,481 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą właściwości i stosowania mieszanek mineralno-asfaltowe do nawierzchni drogowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą procesu produkcji asfaltów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zdanie Egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą właściwości i stosowania mieszanek mineralno-asfaltowe do nawierzchni drogowych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać badania asfaltów i materiałów mineralnych stosowanych w budownictwie drogowym oraz ocenić ich właściwości oraz jakość.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny, test i zaliczenie sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą procesu produkcji asfaltów.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zdanie Egzaminu</w:t>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W08</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>