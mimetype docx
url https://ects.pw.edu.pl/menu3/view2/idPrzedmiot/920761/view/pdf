--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05, K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat doboru źródeł informacji o budowlanych kompozytach polimerowych (normy, rozporządzenia, publikacje naukowe, patenty, wytyczne projektowania, wykonywania i stosowania). Ma elementarną wiedzę w zakresie ochrony własności intelektualnej oraz prawa patentowego w aspekcie przeprowadzenia badań patentowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -920,67 +920,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zaangażowania i sprawności działania w pracy w laboratorium; ocena przygotowania i obrony indywidualnego sprawozdania z ćwiczeń i laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21, K1_U23, K1_U03, K1_U09, K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U03, K1_U09, K1_U12, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować w formie referatu i przedstawić w formie prezentacji zespołową pracę semestralną na wybrany temat z zakresu technologii kompozytów polimerowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>