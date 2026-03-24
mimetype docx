--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny - test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W08, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_W08, K1_W13, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat doboru źródeł informacji o budowlanych kompozytach polimerowych (normy, rozporządzenia, publikacje naukowe, patenty, wytyczne projektowania, wykonywania i stosowania). Ma elementarną wiedzę w zakresie ochrony własności intelektualnej oraz prawa patentowego w aspekcie przeprowadzenia badań patentowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -920,67 +920,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zaangażowania i sprawności działania w pracy w laboratorium; ocena przygotowania i obrony indywidualnego sprawozdania z ćwiczeń i laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U03, K1_U09, K1_U12, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U23, K1_U03, K1_U09, K1_U12, K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować w formie referatu i przedstawić w formie prezentacji zespołową pracę semestralną na wybrany temat z zakresu technologii kompozytów polimerowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>