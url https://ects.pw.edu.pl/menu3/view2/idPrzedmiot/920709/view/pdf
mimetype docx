--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia, praca domowa wraz z obroną;  egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U19, K1_U03, K1_U04, K1_U05, K1_U06</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -899,51 +899,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrony prac domowych, egzamin ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U03, K1_U04, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>