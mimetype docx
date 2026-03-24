--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia, Praca domowa złożona z kilku zadań, obrony  pracy domowej, egzamin pisemny, egzamin ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W04, K1_W07</w:t>
+        <w:t xml:space="preserve">K1_W07, K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się teorią prętów i układów prętowych, rozumie pojęcia: przemieszczeń, odkształceń, naprężeń, sił wewnętrznych; potrafi układać warunki równowagi w zadaniach z więzami niewydłużalności korzystając z równania prac wirtualnych, wyspecyfikowanego do zastosowań w teorii kratownic i ram płaskich. Ponadto student rozumie wzór Maxwella-Mohra, który wiąże pola odkształceń z przemieszczeniami.  Potrafi przygotować model konstrukcji prętowej w programie ROBOT oraz potrafi krytycznie ocenić wyniki analizy komputerowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>