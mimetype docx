--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -768,831 +768,831 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procesy geologiczne zewnętrzne i wewnętrzne, czynniki je powodujące oraz zjawiska będące skutkiem działania tych procesów (formy geomorfologiczne, typy osadów oraz ich charakterystyka geologiczno – inżynierska). Zna wpływ procesów geologicznych na roboty i obiekty inżynierskie. Zna genezę skał (gruntów) i jej wpływ na warunki geologiczno - inżynierskie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe cechy geologiczno-inżynierskie skał (gruntów) i ich znaczenie w projektowaniu oraz przykłady wpływu na roboty i obiekty inżynierskie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Kolokwium z petrografii. Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe wiadomości o wodach podziemnych (podział, geneza wód podziemnych, zwierciadło wód podziemnych i jego typy, strefy aeracji i saturacji, rodzaje wód w tych strefach; cechy fizyczne i chemiczne wód podziemnych, agresywność w stosunku do betonu i stali, podstawowe prawa ruchu wód podziemnych, pojęcie leja depresyjnego, sufozji i kolmatacji).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procesy geologiczne zewnętrzne i wewnętrzne, czynniki je powodujące oraz zjawiska będące skutkiem działania tych procesów (formy geomorfologiczne, typy osadów oraz ich charakterystyka geologiczno – inżynierska). Zna wpływ procesów geologicznych na roboty i obiekty inżynierskie. Zna genezę skał (gruntów) i jej wpływ na warunki geologiczno - inżynierskie. </w:t>
+        <w:t xml:space="preserve">Zna cechy hydrogeologiczne skał ich znaczenie w projektowaniu i przykłady wpływu na roboty i obiekty geologiczno-inżynierskie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Kolokwium z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe cechy geologiczno-inżynierskie skał (gruntów) i ich znaczenie w projektowaniu oraz przykłady wpływu na roboty i obiekty inżynierskie.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat rodzajów, treści, zastosowania map geologicznych, użytych symboli i objaśnień. Zna podstawowe zasady dokumentowania geologiczno-inżynierskiego. Aktualne przepisy dotyczące badań geologiczno-inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Kolokwium z petrografii. Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe wiadomości o wodach podziemnych (podział, geneza wód podziemnych, zwierciadło wód podziemnych i jego typy, strefy aeracji i saturacji, rodzaje wód w tych strefach; cechy fizyczne i chemiczne wód podziemnych, agresywność w stosunku do betonu i stali, podstawowe prawa ruchu wód podziemnych, pojęcie leja depresyjnego, sufozji i kolmatacji).</w:t>
+        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania (wraz z opisem) ważniejszych minerałów – w szczególności minerałów skałotwórczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.</w:t>
+        <w:t xml:space="preserve">Kolokwium z petrografii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12</w:t>
+        <w:t xml:space="preserve">K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna cechy hydrogeologiczne skał ich znaczenie w projektowaniu i przykłady wpływu na roboty i obiekty geologiczno-inżynierskie.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania skał magmowych, osadowych i metamorficznych oraz rozpoznawania środowiska powstania skały.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Kolokwium z petrografii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12</w:t>
+        <w:t xml:space="preserve">K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat rodzajów, treści, zastosowania map geologicznych, użytych symboli i objaśnień. Zna podstawowe zasady dokumentowania geologiczno-inżynierskiego. Aktualne przepisy dotyczące badań geologiczno-inżynierskich.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność korzystania i czytania map geologicznych (w tym geologiczno – inżynierskich i hydrogeologicznych) i wstępnej oceny na ich podstawie warunków geologiczno - inżynierskich. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.</w:t>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania (wraz z opisem) ważniejszych minerałów – w szczególności minerałów skałotwórczych.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność sporządzania przekroi geologicznych i hydrogeologicznych na podstawie wierceń geologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z petrografii.</w:t>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U20, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania skał magmowych, osadowych i metamorficznych oraz rozpoznawania środowiska powstania skały.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać  identyfikacji skał jako podłoża budowlanego i dokonać jego oceny geologiczno – inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z petrografii.</w:t>
+        <w:t xml:space="preserve">Kolokwium z petrografii. Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność korzystania i czytania map geologicznych (w tym geologiczno – inżynierskich i hydrogeologicznych) i wstępnej oceny na ich podstawie warunków geologiczno - inżynierskich. </w:t>
+        <w:t xml:space="preserve">Potrafi ustalić stopień skomplikowania warunków gruntowych oraz na tej podstawie podać kategorię geotechniczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej.</w:t>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>