--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -978,51 +978,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cechy hydrogeologiczne skał ich znaczenie w projektowaniu i przykłady wpływu na roboty i obiekty geologiczno-inżynierskie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1392,67 +1392,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U23, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać  identyfikacji skał jako podłoża budowlanego i dokonać jego oceny geologiczno – inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1548,51 +1548,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U16, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>