--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie ochrony własności intelektualnej oraz prawa patentowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1357,51 +1357,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy uznawania wiedzy w rozwiązywaniu problemów inżynierskich oraz konieczności zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>