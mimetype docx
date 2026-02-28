--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1357,51 +1357,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy uznawania wiedzy w rozwiązywaniu problemów inżynierskich oraz konieczności zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>