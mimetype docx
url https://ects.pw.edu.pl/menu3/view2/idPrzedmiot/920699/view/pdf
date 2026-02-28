--- v0 (2026-02-07)
+++ v1 (2026-02-28)
@@ -845,341 +845,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady doboru/projektowania biernych środków ochronnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prawidłowo wykonane ćwiczenie projektowe polegające na doborze grubości powłoki izolującej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W05, K1_W13, K1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady doboru/projektowania biernych środków ochronnych.							</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu technologi i sposobu doboru zabezpieczeń antykorozyjnych konstrukcji stalowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Prawidłowo wykonane ćwiczenie projektowe polegające na doborze grubości powłoki izolującej.</w:t>
+        <w:t xml:space="preserve">Pozytywny wynik z kolokwium zaliczeniowego z zakresu tematyki objętej wykładem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W13, K1_W14</w:t>
+        <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu technologi i sposobu doboru zabezpieczeń antykorozyjnych konstrukcji stalowych.							</w:t>
+        <w:t xml:space="preserve">Potrafi studiować materiały wykładowe oraz samodzielnie pozyskiwać informacje i uzupełniać wiedzę,korzystając z norm, rozporządzeń instrukcji, wytycznych oraz innych dostępnych źródeł informacji, w tym źródeł elektronicznych i obcojęzycznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pozytywny wynik z kolokwium zaliczeniowego z zakresu tematyki objętej wykładem.</w:t>
+        <w:t xml:space="preserve">Uzyskanie pozytywnego wyniku końcowego przy zaliczaniu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W14, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi studiować materiały wykładowe oraz samodzielnie pozyskiwać informacje i uzupełniać wiedzę,korzystając z norm, rozporządzeń instrukcji, wytycznych oraz innych dostępnych źródeł informacji, w tym źródeł elektronicznych i obcojęzycznych.							</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać proste obliczenia sprawdzające nośności konstrukcji poddanej oddziaływaniom pożarowym oraz dobrać metodę zabezpieczenia konstrukcji przed korozją i/lub ogniem.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie pozytywnego wyniku końcowego przy zaliczaniu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21, K1_U03, K1_U06, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>