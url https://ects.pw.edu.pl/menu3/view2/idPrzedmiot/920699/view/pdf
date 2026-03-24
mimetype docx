--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady doboru/projektowania biernych środków ochronnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1119,67 +1119,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie pozytywnego wyniku końcowego przy zaliczaniu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21, K1_U03, K1_U06, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U15, K1_U21, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>