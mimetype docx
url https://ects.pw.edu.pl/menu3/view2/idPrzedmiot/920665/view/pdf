--- v0 (2026-01-12)
+++ v1 (2026-02-09)
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona projektu; kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U02, K1_U03, K1_U07, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U07, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sporządzić i interpretować rysunki prostych, podstawowych elementów konstrukcji żelbetowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1126,67 +1126,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U02, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość podnoszenia kompetencji. Potrafi samodzielnie planować własne uczenie się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>