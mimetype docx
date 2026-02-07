--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -834,67 +834,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia,  praca domowa z obroną;  egzaminy pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Korzystając z poleconej literatury przedmiotu potrafi samodzielnie przygotowywać prace domowe. Potrafi się przygotować do obrony pracy domowej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>