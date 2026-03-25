--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -834,67 +834,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia,  praca domowa z obroną;  egzaminy pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19, K1_U03</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U19, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Korzystając z poleconej literatury przedmiotu potrafi samodzielnie przygotowywać prace domowe. Potrafi się przygotować do obrony pracy domowej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>