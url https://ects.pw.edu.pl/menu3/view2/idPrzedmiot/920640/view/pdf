--- v0 (2026-01-15)
+++ v1 (2026-02-07)
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>