--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -1137,51 +1137,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wartości etyki inżynierskiej  i kieruje się nią w rozwiązywaniu zadań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>