--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -737,51 +737,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
+        <w:t xml:space="preserve">K1_W02, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>