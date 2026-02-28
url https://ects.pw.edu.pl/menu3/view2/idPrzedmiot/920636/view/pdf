--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -737,67 +737,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W02, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trzy metody wzajemnie jednoznacznego odwzorowania przestrzeni na płaszczyznę: rzut środkowy, rzut równoległy ukośny i rzut równoległy prostokątny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>