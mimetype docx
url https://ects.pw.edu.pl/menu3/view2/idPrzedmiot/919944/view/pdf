--- v0 (2025-10-05)
+++ v1 (2025-12-07)
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_U12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przeanalizować i ocenić wpływ wybranych parametrów procesu na jego efektywność energetyczna lub emisję zanieczyszczeń, szczególnie w trakcie eksploatacji systemów ogrzewczych, lub klimatyzacyjnych, lub gazowych, lub efektywność technologiczną oczyszczania wody, gleby, ścieków i osadów, lub gospodarki odpadami oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>