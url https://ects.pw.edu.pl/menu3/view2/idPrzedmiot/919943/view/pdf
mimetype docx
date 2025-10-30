--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę z zakresu nauk prawnych, humanistycznych i społecznych związaną z pozatechnicznymi aspektami wykonywanej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotowywać i weryfikować wymagane dokumenty planistyczne i raporty o oddziaływaniu na środowisko przedsięwzięć w zakresie gospodarki komunalnej. Potrafi opracowywać wnioski i zna zasady wydawania decyzji administracyjnych w ochronie środowiska lub przygotowywać dokumenty wymagane przy uzgadnianiu projektów z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, i gazownictwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>