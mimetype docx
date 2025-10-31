--- v1 (2025-10-30)
+++ v2 (2025-10-31)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę niezbędną do rozumienia pozatechnicznych uwarunkowań działalności inżynierskiej z ochrony wody, gleby i powietrza w zakresie inżynierii środowiska oraz zna podstawowe akty prawa polskiego i Unii Europejskiej oraz obowiązujące normy i przepisy z zakresu ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę z zakresu nauk prawnych, humanistycznych i społecznych związaną z pozatechnicznymi aspektami wykonywanej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>