--- v2 (2025-10-31)
+++ v3 (2026-01-13)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę niezbędną do rozumienia pozatechnicznych uwarunkowań działalności inżynierskiej z ochrony wody, gleby i powietrza w zakresie inżynierii środowiska oraz zna podstawowe akty prawa polskiego i Unii Europejskiej oraz obowiązujące normy i przepisy z zakresu ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>