--- v2 (2026-01-13)
+++ v3 (2026-02-24)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu projektowania, budowy, modernizacji i eksploatacji sieci i instalacji ogrzewczych, wentylacyjnych, klimatyza-cyjnych, wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,51 +970,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji w zakresie systemów ciepłowniczych, systemów ogrzewania, systemów klimatyzacji, systemów zaopatrzenia w wodę, odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1470,51 +1470,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1610,51 +1610,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>