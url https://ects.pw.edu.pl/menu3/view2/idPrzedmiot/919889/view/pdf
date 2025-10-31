--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie wymiarowania układów  ze złożem ruchomym oraz z modułami membranowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W01, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>