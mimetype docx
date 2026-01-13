--- v2 (2025-12-08)
+++ v3 (2026-01-13)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W05, IS_W06, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -839,271 +839,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15, IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie niekonwencjonalnych procesów jednostkowych oczyszczania ścieków .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (wykład),  prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie niekonwencjonalnych procesów jednostkowych oczyszczania ścieków .</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie niskoodpadowych technologii oczyszczania ścieków oraz metod zagospodarowania ścieków i osadów ściekowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium (wykład),  prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+        <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie niskoodpadowych technologii oczyszczania ścieków oraz metod zagospodarowania ścieków i osadów ściekowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować koncepcję technologiczną oczyszczalni wykorzystującej reaktory biologiczne w zależności od założonego celu oczyszczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+        <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">IS_U05, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>