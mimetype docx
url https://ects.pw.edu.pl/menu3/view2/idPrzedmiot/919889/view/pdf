--- v3 (2026-01-13)
+++ v4 (2026-01-13)
@@ -839,287 +839,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W01, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie niekonwencjonalnych procesów jednostkowych oczyszczania ścieków .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (wykład),  prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie niekonwencjonalnych procesów jednostkowych oczyszczania ścieków .</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie niskoodpadowych technologii oczyszczania ścieków oraz metod zagospodarowania ścieków i osadów ściekowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium (wykład),  prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+        <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie niskoodpadowych technologii oczyszczania ścieków oraz metod zagospodarowania ścieków i osadów ściekowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować koncepcję technologiczną oczyszczalni wykorzystującej reaktory biologiczne w zależności od założonego celu oczyszczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+        <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać procesy, metody i działania związane z biologicznymi technologiami oczyszczania ścieków oraz metodami pogłębionego utleniania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>