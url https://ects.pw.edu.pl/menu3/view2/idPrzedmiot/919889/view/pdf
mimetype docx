--- v4 (2026-01-13)
+++ v5 (2026-02-24)
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W01, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie niekonwencjonalnych procesów jednostkowych oczyszczania ścieków .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -909,357 +909,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład),  prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W01, IS_W05, IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie niskoodpadowych technologii oczyszczania ścieków oraz metod zagospodarowania ścieków i osadów ściekowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie niskoodpadowych technologii oczyszczania ścieków oraz metod zagospodarowania ścieków i osadów ściekowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować koncepcję technologiczną oczyszczalni wykorzystującej reaktory biologiczne w zależności od założonego celu oczyszczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać procesy, metody i działania związane z biologicznymi technologiami oczyszczania ścieków oraz metodami pogłębionego utleniania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować koncepcję technologiczną oczyszczalni wykorzystującej reaktory biologiczne w zależności od założonego celu oczyszczania</w:t>
+        <w:t xml:space="preserve">Potrafi przedstawić opracowaną koncepcję technologiczną oczyszczalni w formie ustnej prezentacji oraz obronić zaproponowane rozwiązania technologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne) </w:t>
+        <w:t xml:space="preserve">prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność interpretacji i krytycznej dyskusji wyników prowadzonych obliczeń, a także jest zdolny do wyciągania wniosków w celu modyfikacji wcześniej przyjętych założeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>