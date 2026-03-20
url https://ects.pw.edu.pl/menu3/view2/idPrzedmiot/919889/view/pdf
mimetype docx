--- v5 (2026-02-24)
+++ v6 (2026-03-20)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład),  prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W01, IS_W05, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1199,67 +1199,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność interpretacji i krytycznej dyskusji wyników prowadzonych obliczeń, a także jest zdolny do wyciągania wniosków w celu modyfikacji wcześniej przyjętych założeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1285,51 +1285,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>