--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę z zakresu ekonomii, ekonomiki produkcji, nauk prawnych, humanistycznych i społecznych związaną z pozatechnicznymi aspektami wykonywanej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań cząstkowych. Zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady wydawania decyzji administracyjnych w ochronie środowiska lub przygotowywać dokumenty wymagane przy uzgadnianiu projektów z zakresu systemów wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>