--- v1 (2025-11-01)
+++ v2 (2025-12-25)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę z zakresu ekonomii, ekonomiki produkcji, nauk prawnych, humanistycznych i społecznych związaną z pozatechnicznymi aspektami wykonywanej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -827,51 +827,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>