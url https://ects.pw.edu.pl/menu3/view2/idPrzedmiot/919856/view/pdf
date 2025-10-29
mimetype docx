--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna główne urządzenia do prowadzenia procesów oczyszczania ścieków komunalnych, ich parametry techniczne i sposób ich interpretacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1118,67 +1118,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy,
 Prezentacja zespołowa,
 Obrona lub Kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć parametry eksploatacyjne urządzeń oraz  ocenić efektywność ich pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>