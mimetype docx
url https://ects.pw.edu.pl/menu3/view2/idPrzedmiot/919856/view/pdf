--- v1 (2025-10-29)
+++ v2 (2025-12-25)
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna główne urządzenia do prowadzenia procesów oczyszczania ścieków komunalnych, ich parametry techniczne i sposób ich interpretacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>