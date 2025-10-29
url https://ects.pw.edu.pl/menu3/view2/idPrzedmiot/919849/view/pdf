--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>