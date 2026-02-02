--- v1 (2025-10-29)
+++ v2 (2026-02-02)
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z całości materiału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności samodzielnego planowania, realizacji i interpretacji badań ekotoksykologicznych umożliwiających ocenę zagrożenia środowiska związanego z gospodarką odpadami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>