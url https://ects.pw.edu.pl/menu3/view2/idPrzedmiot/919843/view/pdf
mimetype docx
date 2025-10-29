--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -890,67 +890,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z ćwiczeń, kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić porównawcze badania technologiczne pozwalające na właściwy dobór metody i sposobu realizacji odwadniania osadu ściekowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>