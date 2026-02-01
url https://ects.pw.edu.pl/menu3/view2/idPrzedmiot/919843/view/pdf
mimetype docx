--- v1 (2025-10-29)
+++ v2 (2026-02-01)
@@ -890,67 +890,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z ćwiczeń, kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić porównawcze badania technologiczne pozwalające na właściwy dobór metody i sposobu realizacji odwadniania osadu ściekowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z ćwiczeń, kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>