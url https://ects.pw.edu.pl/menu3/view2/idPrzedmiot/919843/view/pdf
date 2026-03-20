--- v2 (2026-02-01)
+++ v3 (2026-03-20)
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z ćwiczeń, kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować wpływ zadanych parametrów technologicznych na zmiany efektywności badanego procesu przeróbki osadu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>