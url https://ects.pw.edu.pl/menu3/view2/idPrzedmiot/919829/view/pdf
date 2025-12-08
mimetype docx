--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -742,67 +742,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: kawitacji, opadania swobodnego cząstek, sedymentacji, ruchu nieustalonego w przewodach ciśnieniowych, ruchu wolnozmiennego i szybkozmiennego w korytach otwartych, podstaw hydrotransportu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>