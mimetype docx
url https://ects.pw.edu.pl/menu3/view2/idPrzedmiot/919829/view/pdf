--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>