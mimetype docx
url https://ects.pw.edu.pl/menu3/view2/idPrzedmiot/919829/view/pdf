--- v2 (2026-01-13)
+++ v3 (2026-03-21)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>