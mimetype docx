--- v1 (2026-01-13)
+++ v2 (2026-01-15)
@@ -798,51 +798,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student formułuje warunki brzegowe płaskiego stanu naprężenia i płaskiego stanu naprężenia i rozwiązuje zadania płaskie we współrzędnych kartezjańskich i współrzędnych biegunowych wykorzystując funkcje naprężeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1088,51 +1088,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nabyte umiejętności i wiedza są niezbędne do zrozumienia treści przedmiotów realizowanych na studiach magisterskich, takich jak konstrukcje hydrotechniczne, mogą być wykorzystane przy pisaniu pracy magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>