--- v2 (2026-01-15)
+++ v3 (2026-02-27)
@@ -798,51 +798,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student formułuje warunki brzegowe płaskiego stanu naprężenia i płaskiego stanu naprężenia i rozwiązuje zadania płaskie we współrzędnych kartezjańskich i współrzędnych biegunowych wykorzystując funkcje naprężeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1008,51 +1008,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>