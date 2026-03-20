--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1008,51 +1008,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1158,51 +1158,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>