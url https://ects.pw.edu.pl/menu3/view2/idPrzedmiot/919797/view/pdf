--- v1 (2025-12-08)
+++ v2 (2026-02-02)
@@ -921,51 +921,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachowa (także w języku obcym, ) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1061,51 +1061,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>