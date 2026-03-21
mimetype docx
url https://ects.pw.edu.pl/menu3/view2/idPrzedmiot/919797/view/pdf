--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -771,341 +771,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą zarządzania i prowadzenia działalności gospodarczej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą zarządzania i prowadzenia działalności gospodarczej.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt/koncepcję przedsięwzięcia biznesowego w obszarze systemu lub procesu typowego dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub gazownictwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Prezentacja multimedialna i referat wygłaszany w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18</w:t>
+        <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt/koncepcję przedsięwzięcia biznesowego w obszarze systemu lub procesu typowego dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub gazownictwa. </w:t>
+        <w:t xml:space="preserve">Potrafi czytać prasę fachowa (także w języku obcym, ) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja multimedialna i referat wygłaszany w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi czytać prasę fachowa (także w języku obcym, ) i prowadzić proces samokształcenia się.</w:t>
+        <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk fizycznych chemicznych, biologicznych zachodzących w procesach typowych dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub gazownictwa, lub zaopatrzenia w wodę i odprowadzania ścieków, lub inżynierii wodnej, lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów, również w języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Prezentacja multimedialna i referat wygłaszany w trakcie zajęć.</w:t>
+        <w:t xml:space="preserve">Prezentacja multimedialna i referat wygłaszany w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>