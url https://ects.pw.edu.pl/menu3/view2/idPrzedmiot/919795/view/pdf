--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -903,51 +903,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o cyklu życia produktów, obiektów, elementów instalacji i urządzeń sanitarnych, a także w zakresie wpływu regulacji automatycznej na jakość i ekonomikę procesów w sieciach i instalacjach ogrzewczych, wentylacyjnych, klimatyzacyjnych, wodociągowych i kanalizacyjnych i zna zasady zrównoważonego rozwoju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1263,621 +1263,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub uzdatniania wody i oczyszczania ścieków stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub uzdatniania wody i oczyszczania ścieków stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
+        <w:t xml:space="preserve">Potrafi określić wartości skumulowanych wskaźników zużycia energii i zaso-bów naturalnych lub emisji zanieczyszczeń (zna zasady inżynierii zrównowa-żonego rozwoju), w ciepłownictwie, ogrzewnictwie, klimatyzacji, lub wskaź-ników zapotrzebowania i zużycia wody oraz ilości ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić wartości skumulowanych wskaźników zużycia energii i zaso-bów naturalnych lub emisji zanieczyszczeń (zna zasady inżynierii zrównowa-żonego rozwoju), w ciepłownictwie, ogrzewnictwie, klimatyzacji, lub wskaź-ników zapotrzebowania i zużycia wody oraz ilości ścieków.</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
+        <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewcze-go, lub klimatyzacyjnego, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewcze-go, lub klimatyzacyjnego, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania sie i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania sie i podnoszenia kompetencji zawodowych i osobistych</w:t>
+        <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowie-dzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowie-dzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej. Potrafi przekazać informacje techniczne w sposób powszechnie zrozumiały, posiada umiejętność przygotowania wystąpień ustnych, w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K06, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">