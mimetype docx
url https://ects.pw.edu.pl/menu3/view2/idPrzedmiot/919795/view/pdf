--- v1 (2025-11-01)
+++ v2 (2025-12-08)
@@ -1113,51 +1113,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1263,51 +1263,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub uzdatniania wody i oczyszczania ścieków stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1817,67 +1817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K06, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">