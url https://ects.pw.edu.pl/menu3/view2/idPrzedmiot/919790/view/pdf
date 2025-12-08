--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -1117,51 +1117,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>