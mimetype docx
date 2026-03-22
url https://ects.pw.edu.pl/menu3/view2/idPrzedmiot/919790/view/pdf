--- v1 (2025-12-08)
+++ v2 (2026-03-22)
@@ -757,411 +757,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę na temat systemów wentylacji pomieszczeń przeznaczonych na stały pobyt ludzi  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu projektowania i modelowania systemów wentylacji pomieszczeń przeznaczonych na stały pobyt ludzi  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna konsekwencje stosowania materiałów budowlanych i wykończeniowych emitujących zanieczyszczania powietrza </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę na temat systemów wentylacji pomieszczeń przeznaczonych na stały pobyt ludzi  </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie z wykorzystaniem programu CONTAM modelować instalacje wentylacyjne oraz analizować kształtującą się jakość powietrza w pomieszczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu projektowania i modelowania systemów wentylacji pomieszczeń przeznaczonych na stały pobyt ludzi  </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą wariantowych systemów wentylacji w punktu widzenia ich zdolności do zapewniania pożądanej jakości powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>