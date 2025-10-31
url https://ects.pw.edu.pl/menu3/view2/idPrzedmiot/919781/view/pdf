--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -848,51 +848,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W04, IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -998,51 +998,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U07, IS_U08, IS_U13, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U13, IS_U01, IS_U05, IS_U06, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1068,137 +1068,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U01, IS_U05, IS_U06, IS_U07, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać samodzielnie analizy ekonomiczno - techniczne różnych rozwiązań stosowanych w systemach ciepłowniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U06, IS_U07, IS_U08, IS_U13, IS_U01, IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>