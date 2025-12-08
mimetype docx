--- v1 (2025-10-31)
+++ v2 (2025-12-08)
@@ -848,357 +848,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W04, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przedstawić ocenę techniczna, technologiczną i funkcjonalną urządzeń stosowanych w ciepłownictwie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+        <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W04, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U07, IS_U08, IS_U13, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przedstawić ocenę techniczna, technologiczną i funkcjonalną urządzeń stosowanych w ciepłownictwie. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie analizować i wyznaczać wskaźniki zużycia energii i wskaźniki emisji występujące w ciepłownictwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U13, IS_U01, IS_U05, IS_U06, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U01, IS_U05, IS_U06, IS_U07, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie analizować i wyznaczać wskaźniki zużycia energii i wskaźniki emisji występujące w ciepłownictwie.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać samodzielnie analizy ekonomiczno - techniczne różnych rozwiązań stosowanych w systemach ciepłowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>