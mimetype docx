--- v2 (2025-12-08)
+++ v3 (2026-01-12)
@@ -778,411 +778,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W04, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu budowy eksploatacji i modelowania pracy systemów ciepłowniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu budowy eksploatacji i modelowania pracy systemów ciepłowniczych.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przedstawić ocenę techniczna, technologiczną i funkcjonalną urządzeń stosowanych w ciepłownictwie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+        <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W04, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie analizować i wyznaczać wskaźniki zużycia energii i wskaźniki emisji występujące w ciepłownictwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+        <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przedstawić ocenę techniczna, technologiczną i funkcjonalną urządzeń stosowanych w ciepłownictwie. </w:t>
+        <w:t xml:space="preserve">Potrafi wykonać samodzielnie analizy ekonomiczno - techniczne różnych rozwiązań stosowanych w systemach ciepłowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U06, IS_U07, IS_U08, IS_U13, IS_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>