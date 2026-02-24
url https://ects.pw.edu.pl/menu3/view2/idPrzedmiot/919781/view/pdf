--- v3 (2026-01-12)
+++ v4 (2026-02-24)
@@ -778,67 +778,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W04, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu budowy eksploatacji i modelowania pracy systemów ciepłowniczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -864,51 +864,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,67 +1068,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U07, IS_U08, IS_U13, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać samodzielnie analizy ekonomiczno - techniczne różnych rozwiązań stosowanych w systemach ciepłowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,67 +1138,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U07, IS_U08, IS_U13, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U13, IS_U01, IS_U05, IS_U06, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1234,51 +1234,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K03, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przestrzega ustalonych terminów prac projektowych oraz punktualności na zajęciach. Umie pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>