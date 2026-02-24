--- v2 (2026-01-13)
+++ v3 (2026-02-24)
@@ -735,207 +735,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład, kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W14, IS_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą systemu planowania przestrzennego w Polsce, procedury sporządzania dokumentów planistycznych w gminie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą systemu planowania przestrzennego w Polsce, procedury sporządzania dokumentów planistycznych w gminie.</w:t>
+        <w:t xml:space="preserve">Zna zarys procedury lokalizacji inwestycji w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>