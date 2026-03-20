--- v3 (2026-02-24)
+++ v4 (2026-03-20)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład, kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą systemu planowania przestrzennego w Polsce, procedury sporządzania dokumentów planistycznych w gminie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -821,51 +821,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zarys procedury lokalizacji inwestycji w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>