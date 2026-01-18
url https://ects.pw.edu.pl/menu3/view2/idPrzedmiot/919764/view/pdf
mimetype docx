--- v0 (2025-10-06)
+++ v1 (2026-01-18)
@@ -1173,51 +1173,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">recenzje, egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>