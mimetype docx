--- v1 (2026-01-18)
+++ v2 (2026-02-11)
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Recenzje pracy dyplomowej i egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U17, IS_U16, IS_U14, IS_U13, IS_U12, IS_U11, IS_U10, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U13, IS_U12, IS_U11, IS_U10, IS_U01, IS_U22, IS_U18, IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1173,51 +1173,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">recenzje, egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>