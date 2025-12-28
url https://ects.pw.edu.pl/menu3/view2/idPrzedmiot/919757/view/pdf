--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, zaliczenie ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U09, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U09, IS_U03, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>