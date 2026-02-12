--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -741,87 +741,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad działania i doboru podstawowych metod i technologii ograniczania emisji zanieczyszczeń do powietrza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, zaliczenie ćwiczeń projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad działania i doboru podstawowych metod i technologii ograniczania emisji zanieczyszczeń do powietrza.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat budowy i funkcjonowania nowoczesnych systemów oceny i zarządzania jakością powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, zaliczenie ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -832,180 +902,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat budowy i funkcjonowania nowoczesnych systemów oceny i zarządzania jakością powietrza.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu różnych paliw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, zaliczenie ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">IS_U09, IS_U03, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U09, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>