--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -768,51 +768,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania domowe (np. prezentacja z dyskusją), test końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>