--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -768,51 +768,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania domowe (np. prezentacja z dyskusją), test końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,51 +1208,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywny udział w zajęciach i dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>