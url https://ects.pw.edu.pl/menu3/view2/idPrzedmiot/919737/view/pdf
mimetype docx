--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -737,51 +737,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena z testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>