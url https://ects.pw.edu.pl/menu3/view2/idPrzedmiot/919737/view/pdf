--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -737,51 +737,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena z testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1177,51 +1177,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena z testu, ocena projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K06, IS_K03, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K02, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>