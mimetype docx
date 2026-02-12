--- v2 (2025-12-28)
+++ v3 (2026-02-12)
@@ -957,271 +957,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena z testu, ocena projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U14, IS_U13, IS_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętności identyfikowania zagrożeń dla środowiska wynikających z określonych działań, jak również oceniać przydatność zastosowania określonych rozwiązań w celu poprawy zidentyfikowanej niekorzystnej dla środowiska sytuacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozytywna ocena z testu, ocena projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U14, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności identyfikowania zagrożeń dla środowiska wynikających z określonych działań, jak również oceniać przydatność zastosowania określonych rozwiązań w celu poprawy zidentyfikowanej niekorzystnej dla środowiska sytuacji.</w:t>
+        <w:t xml:space="preserve">Rozumie i ma świadomość wagi odpowiedniego sposobu zarządzania ochroną środowiska, ze szczególnym uwzględnieniem terenów miejskich, w tym zwłaszcza skutków dla środowiska przyrodniczego i społecznego wynikających z określonego sposobu zarządzania ochroną środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena z testu, ocena projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U14, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie i ma świadomość wagi odpowiedniego sposobu zarządzania ochroną środowiska, ze szczególnym uwzględnieniem terenów miejskich, w tym zwłaszcza skutków dla środowiska przyrodniczego i społecznego wynikających z określonego sposobu zarządzania ochroną środowiska.</w:t>
+        <w:t xml:space="preserve">Ma świadomość roli społecznej absolwenta uczelni technicznej oraz umiejętnie podejmuje działania, aby zdobytą wiedzą dzielić się ze społeczeństwem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena z testu, ocena projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K01</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_K03, IS_K02, IS_K06</w:t>
+        <w:t xml:space="preserve">IS_K06, IS_K03, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>