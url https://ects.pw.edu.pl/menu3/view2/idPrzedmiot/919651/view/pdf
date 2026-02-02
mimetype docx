--- v1 (2025-12-25)
+++ v2 (2026-02-02)
@@ -742,341 +742,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu i ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o czynnikach wpływających na poziom rozwoju społecznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu i ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą wpływu zagrożeń naturalnych na społeczeństwo</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu i ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o czynnikach wpływających na poziom rozwoju społecznego</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł internetowych i baz danych w celu pozyskania danych koniecznych do oceny rozwoju społecznego i presji antropogenicznej na środowisko </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu i ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W01</w:t>
+        <w:t xml:space="preserve">K_U22, K_U14, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą wpływu zagrożeń naturalnych na społeczeństwo</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać dane statystyczne do oceny potencjalnych zagrożeń środowiska danego kraju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu i ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów i ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W06, K_W01</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_U14, K_U01, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>