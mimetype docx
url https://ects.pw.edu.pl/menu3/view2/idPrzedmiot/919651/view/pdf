--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu i ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,51 +1182,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K03, K_K01</w:t>
+        <w:t xml:space="preserve">K_K03, K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>