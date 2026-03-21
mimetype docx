--- v1 (2025-12-25)
+++ v2 (2026-03-21)
@@ -771,51 +771,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny.
 Obrona projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W08, K_W07, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W09, K_W08, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1136,51 +1136,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przeprowadzenie badań i prezentacja wyników, obrona sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>