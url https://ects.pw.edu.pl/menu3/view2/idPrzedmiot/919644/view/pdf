--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -759,51 +759,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W07, K_W06</w:t>
+        <w:t xml:space="preserve">K_W07, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>