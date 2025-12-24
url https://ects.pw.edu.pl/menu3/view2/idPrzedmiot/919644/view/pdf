--- v1 (2025-10-29)
+++ v2 (2025-12-24)
@@ -759,51 +759,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W07, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -901,51 +901,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 Przeprowadzenie badań i prezentacja ich wyników, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>