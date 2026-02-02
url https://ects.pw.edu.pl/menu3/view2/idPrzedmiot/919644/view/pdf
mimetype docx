--- v2 (2025-12-24)
+++ v3 (2026-02-02)
@@ -901,51 +901,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 Przeprowadzenie badań i prezentacja ich wyników, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1273,51 +1273,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 Przeprowadzenie badań i prezentacja ich wyników, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K07, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>