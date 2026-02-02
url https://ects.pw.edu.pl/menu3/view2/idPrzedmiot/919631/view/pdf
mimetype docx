--- v1 (2025-12-08)
+++ v2 (2026-02-02)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe akty prawa polskiego i Unii
 Europejskiej oraz obowiązujące normy i przepisy
 z zakresu ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>