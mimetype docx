--- v0 (2025-12-08)
+++ v1 (2026-02-01)
@@ -918,51 +918,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zróżnicowania form organizacyjno-prawnych prowadzenia działalności gospodarczej i konieczności ich odpowiedniego wyboru do profilu wykonywanej działalności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>