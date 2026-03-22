--- v1 (2026-02-01)
+++ v2 (2026-03-22)
@@ -768,201 +768,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat regulacji prawnych związanych z funkcjonowaniem przedsiębiorców.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat regulacji prawnych związanych z funkcjonowaniem przedsiębiorców.</w:t>
+        <w:t xml:space="preserve">Ma świadomość odpowiedzialności prawnej związanej podejmowaniem decyzji przez przedsiębiorców.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Test wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17</w:t>
+        <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zróżnicowania form organizacyjno-prawnych prowadzenia działalności gospodarczej i konieczności ich odpowiedniego wyboru do profilu wykonywanej działalności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>