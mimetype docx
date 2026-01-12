--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca bieżąca na ćwiczeniach komputerowych. Rozwiązanie zadanych zadań z wykorzystaniem oprogramowania do tworzenia grafiki i obliczeń inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>