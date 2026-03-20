--- v2 (2026-01-12)
+++ v3 (2026-03-20)
@@ -766,271 +766,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie wykorzystania metod numerycznych do modelowania procesów zachodzących w środowisku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów. Bieżąca praca na zajęciach komputerowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W03, IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie wykorzystania metod numerycznych do modelowania procesów zachodzących w środowisku.</w:t>
+        <w:t xml:space="preserve">Potrafi z wykorzystaniem programów wspomagających modelować procesy i zjawiska występujące przy odzysku i unieszkodliwianiu odpadów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe z wykładów. Bieżąca praca na zajęciach komputerowych.</w:t>
+        <w:t xml:space="preserve">Praca bieżąca na ćwiczeniach komputerowych. Rozwiązanie zadanych zadań z wykorzystaniem oprogramowania do obliczeń inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi z wykorzystaniem programów wspomagających modelować procesy i zjawiska występujące przy odzysku i unieszkodliwianiu odpadów.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z pakietów inżynierskiego oprogramowania przy doborze i projektowaniu obiektów i urządzeń do odzysku i unieszkodliwiania odpadów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca bieżąca na ćwiczeniach komputerowych. Rozwiązanie zadanych zadań z wykorzystaniem oprogramowania do obliczeń inżynierskich.</w:t>
+        <w:t xml:space="preserve">Praca bieżąca na ćwiczeniach komputerowych. Rozwiązanie zadanych zadań z wykorzystaniem oprogramowania do tworzenia grafiki i obliczeń inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>