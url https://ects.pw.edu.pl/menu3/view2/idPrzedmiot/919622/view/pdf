--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,191 +970,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U08, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotowywać wymagane dokumenty planistyczne i raporty o oddziaływaniu na środowisko przedsięwzięć w zakresie gospodarki komunalnej oraz inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>