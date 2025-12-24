--- v1 (2025-10-29)
+++ v2 (2025-12-24)
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>