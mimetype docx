--- v2 (2025-12-24)
+++ v3 (2026-02-02)
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1094,67 +1094,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U07, IS_U13, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>