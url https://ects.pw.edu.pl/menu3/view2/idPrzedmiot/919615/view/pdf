--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -831,357 +831,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obecność na ćwiczeniach komputerowych. Zaliczenie kolokwium końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W15, IS_W16, IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">03 - posiada wiedzę na temat własności danych przestrzennych (układy współrzędnych stosowane w Polsce; efekty generalizacji, interpolacji danych przestrzennych)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obecność na ćwiczeniach komputerowych. Zaliczenie kolokwium końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W15, IS_W16, IS_W01, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W, I.P6S_WK, III.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">03 - posiada wiedzę na temat własności danych przestrzennych (układy współrzędnych stosowane w Polsce; efekty generalizacji, interpolacji danych przestrzennych)</w:t>
+        <w:t xml:space="preserve">01 - potrafi zarządzać wektorowymi i rastrowymi danymi przestrzennymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Prawidłowe rozwiązanie samodzielnych zadań i poprawna prezentacja ich wyników</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U11, IS_U13, IS_U15, IS_U20, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">02 - potrafi przeprowadzić analizy przestrzenne, w tym dotyczące potencjalnych lokalizacji inwestycji, i zaprezentować wyniki takich analiz potrafi wskazywać obszary potencjalnego oddziaływania inwestycji na środowisko oraz elementy środowiska lub obiekty gospodarcze narażone na takie oddziaływania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Obecność na ćwiczeniach komputerowych. Zaliczenie kolokwium końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W15, IS_W16, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21, IS_U11, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">01 - potrafi zarządzać wektorowymi i rastrowymi danymi przestrzennymi</w:t>
+        <w:t xml:space="preserve">03 - potrafi zaprezentować dane pomiarowe o charakterze przestrzennym, przeprowadzić interpolację danych dyskretnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowe rozwiązanie samodzielnych zadań i poprawna prezentacja ich wyników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21, IS_U11, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U13, IS_U15, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>