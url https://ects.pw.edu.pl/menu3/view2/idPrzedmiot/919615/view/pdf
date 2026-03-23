--- v2 (2026-02-02)
+++ v3 (2026-03-23)
@@ -831,357 +831,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obecność na ćwiczeniach komputerowych. Zaliczenie kolokwium końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W16, IS_W01, IS_W07, IS_W12, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">03 - posiada wiedzę na temat własności danych przestrzennych (układy współrzędnych stosowane w Polsce; efekty generalizacji, interpolacji danych przestrzennych)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obecność na ćwiczeniach komputerowych. Zaliczenie kolokwium końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W12, IS_W15, IS_W16, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">03 - posiada wiedzę na temat własności danych przestrzennych (układy współrzędnych stosowane w Polsce; efekty generalizacji, interpolacji danych przestrzennych)</w:t>
+        <w:t xml:space="preserve">01 - potrafi zarządzać wektorowymi i rastrowymi danymi przestrzennymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Prawidłowe rozwiązanie samodzielnych zadań i poprawna prezentacja ich wyników</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U11, IS_U13, IS_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">02 - potrafi przeprowadzić analizy przestrzenne, w tym dotyczące potencjalnych lokalizacji inwestycji, i zaprezentować wyniki takich analiz potrafi wskazywać obszary potencjalnego oddziaływania inwestycji na środowisko oraz elementy środowiska lub obiekty gospodarcze narażone na takie oddziaływania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Obecność na ćwiczeniach komputerowych. Zaliczenie kolokwium końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W15, IS_W16, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U13, IS_U15, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">01 - potrafi zarządzać wektorowymi i rastrowymi danymi przestrzennymi</w:t>
+        <w:t xml:space="preserve">03 - potrafi zaprezentować dane pomiarowe o charakterze przestrzennym, przeprowadzić interpolację danych dyskretnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowe rozwiązanie samodzielnych zadań i poprawna prezentacja ich wyników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20, IS_U21, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U11, IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>