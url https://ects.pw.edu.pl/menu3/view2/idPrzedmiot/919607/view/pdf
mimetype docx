--- v0 (2025-12-08)
+++ v1 (2026-01-11)
@@ -761,67 +761,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin (wykład) 
 Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia pisemna lub ustna ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W09, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W09, IS_W14, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie wymiarowania poszczególnych układów ciągu technologicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -832,67 +832,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia (stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę odnośnie ogólnych metod postępowania z odpadami powstającymi przy wytwarzaniu produktu głównego poszczególnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,67 +1058,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin (wykład),
 Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia pisemna lub ustna ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U14, IS_U18, IS_U21, IS_U03, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U12, IS_U13, IS_U14, IS_U18, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia procesowe dla wybranej technologii i dobrać odpowiednie urządzenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1217,51 +1217,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić emisje zanieczyszczeń do środowiska z wybranej technologii</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>