--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -761,67 +761,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin (wykład) 
 Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia pisemna lub ustna ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W09, IS_W14, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W09, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie wymiarowania poszczególnych układów ciągu technologicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -832,67 +832,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia (stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę odnośnie ogólnych metod postępowania z odpadami powstającymi przy wytwarzaniu produktu głównego poszczególnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1369,51 +1369,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole i ma świadomość odpowiedzialności za wspólnie realizowane zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>