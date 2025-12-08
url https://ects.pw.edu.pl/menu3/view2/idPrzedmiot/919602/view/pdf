--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,51 +1040,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>