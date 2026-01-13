--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>