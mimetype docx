--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -1056,51 +1056,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>