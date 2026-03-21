--- v3 (2026-01-14)
+++ v4 (2026-03-21)
@@ -830,87 +830,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do klarowania i odbarwiania wody, usuwania gazów, żelaza i manganu z wody oraz dezynfekcji wody, ich wpływ na zmianę stabilności wody oraz kierunki rozwoju i modernizacji technologii uzdatniania wody. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do klarowania i odbarwiania wody, usuwania gazów, żelaza i manganu z wody oraz dezynfekcji wody, ich wpływ na zmianę stabilności wody oraz kierunki rozwoju i modernizacji technologii uzdatniania wody. </w:t>
+        <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -929,58 +999,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju. </w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -991,146 +1061,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1149,178 +1219,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>