--- v0 (2025-10-29)
+++ v1 (2026-01-13)
@@ -742,67 +742,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W03, IS_W07, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W08, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>