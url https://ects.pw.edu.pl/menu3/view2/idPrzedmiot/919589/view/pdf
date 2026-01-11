--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie fizycznych i chemicznych technik pomiarowych oraz metod projektowania i prowadzenia pomiarów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>