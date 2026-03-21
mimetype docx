--- v1 (2026-01-11)
+++ v2 (2026-03-21)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie fizycznych i chemicznych technik pomiarowych oraz metod projektowania i prowadzenia pomiarów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,67 +907,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin
 Ćwiczenia - zaliczenie trzech kolokwiów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić emisje zanieczyszczeń i ciepła w procesach spalania różnych paliw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>