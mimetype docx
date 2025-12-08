--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,137 +970,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U11, IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>