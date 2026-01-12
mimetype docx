--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -900,137 +900,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U11, IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykonać podstawowe pomiary  przepływu wód </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>