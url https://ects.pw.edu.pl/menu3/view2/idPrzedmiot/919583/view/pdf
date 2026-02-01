--- v2 (2026-01-12)
+++ v3 (2026-02-01)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U11, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać podstawowe pomiary  przepływu wód </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U01, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>